--- v0 (2025-12-27)
+++ v1 (2026-03-30)
@@ -21,51 +21,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="2" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TOTAL TITIK" sheetId="1" r:id="rId4"/>
     <sheet name="SUDAH MARKING" sheetId="2" r:id="rId5"/>
     <sheet name="BLM MARKING" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1107">
   <si>
     <t>DAFTAR LAPORAN MARKING PENERIMA DANA HIBAH TEMPAT IBADAH</t>
   </si>
   <si>
-    <t>DI AKSES TANGGAL Saturday 27th of December 2025 07:00:57 PM</t>
+    <t>DI AKSES TANGGAL Monday 30th of March 2026 06:15:42 PM</t>
   </si>
   <si>
     <t>TAHUN 2020</t>
   </si>
   <si>
     <t>Provinsi</t>
   </si>
   <si>
     <t>JAWA TENGAH</t>
   </si>
   <si>
     <t>Kabupaten/Kota</t>
   </si>
   <si>
     <t>TEMANGGUNG</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>ID APBD</t>
   </si>
   <si>
     <t>NAMA PEMBANGUNAN</t>
   </si>
@@ -3333,51 +3333,51 @@
   <si>
     <t>Dsn. Wonoaji RT 7 RW 1 Ds. Dangkel Parakan</t>
   </si>
   <si>
     <t>Pembangunan Mushola Darussalam</t>
   </si>
   <si>
     <t>Jagalan RT 03 RW 04 Ds. Ngadirejo Kec. Ngadirejo</t>
   </si>
   <si>
     <t>Sarana prasanana TK Bhayangkari</t>
   </si>
   <si>
     <t>Parakan</t>
   </si>
   <si>
     <t>Rehab masjid baitul musysarof</t>
   </si>
   <si>
     <t>Dsn.krajan 2 Ds.Gowak RT.03 RW.02 Kec.pringsurat</t>
   </si>
   <si>
     <t>DAFTAR SUDAH MARKING PENERIMA DANA HIBAH TEMPAT IBADAH</t>
   </si>
   <si>
-    <t>DI AKSES TANGGAL Saturday 27th of December 2025 07:00:58 PM</t>
+    <t>DI AKSES TANGGAL Monday 30th of March 2026 06:15:43 PM</t>
   </si>
   <si>
     <t>DAFTAR BELUM MELAKUKAN MARKING PENERIMA DANA HIBAH TEMPAT IBADAH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>